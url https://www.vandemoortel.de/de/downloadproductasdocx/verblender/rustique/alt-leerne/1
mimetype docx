--- v0 (2026-02-03)
+++ v1 (2026-03-20)
@@ -855,51 +855,51 @@
     </w:p>
     <w:p w:rsidR="00024F65" w:rsidP="005C795D" w:rsidRDefault="00024F65" w14:paraId="1D2EDDBE" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="5" w:line="264" w:lineRule="auto"/>
         <w:ind w:left="464" w:right="602"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00790A39" w:rsidP="00790A39" w:rsidRDefault="00790A39" w14:paraId="6B04159D" w14:textId="03C757CF">
       <w:pPr>
         <w:spacing w:before="5" w:line="264" w:lineRule="auto"/>
         <w:ind w:left="464" w:right="602"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>*Abmessungen können abhängig von der Produktion variieren. Aktuellste Version siehe www.vandemoortel.de. Dieses Dokument ist nicht bindend und ersetzt alle früheren Publikationen. Der Hersteller behält sich das Recht vor, Produktsortiment und -merkmale zu ändern. Der Benutzer muss sich vergewissern, dass er über den neuesten Beschreibungstext verfügt.</w:t>
         <w:br/>
-        <w:t>   -   </w:t>
+        <w:t>&lt;br&gt; &lt;br&gt;</w:t>
         <w:br/>
         <w:t>Bei einer Stichprobe von 100 Steinen werden mindestens 90 Steine einen unbeschädigten Kopf und einen unbeschädigten Läufer  anzeigen.  Die Anzahl von fehlerhaften Steinen darf die 5 % nicht überschreiten. Wobei Folgendes als fehlerhaft betrachtet wird; Einschlüsse, die durch Anschwellung zur Abblätterung der Steinoberfläche führen kann, Risse mit einer Breite von =0,2mm auf  mindestens 2 Kanten). Beschädigungen und Fehler sollten vor der Verarbeitung gemeldet werden. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A73FF7" w:rsidP="00043D1C" w:rsidRDefault="00A73FF7" w14:paraId="0DE166F5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Kop1"/>
         <w:spacing w:before="142"/>
         <w:rPr>
           <w:color w:val="111111"/>
           <w:w w:val="105"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00043D1C" w:rsidP="00043D1C" w:rsidRDefault="00043D1C" w14:paraId="6921FD65" w14:textId="73869A7B">
       <w:pPr>
         <w:pStyle w:val="Kop1"/>
         <w:spacing w:before="142"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="111111"/>
           <w:w w:val="105"/>
         </w:rPr>
@@ -2801,51 +2801,51 @@
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:p w:rsidR="00F25199" w:rsidP="00F25199" w:rsidRDefault="00F25199" w14:paraId="5C3DAD1D" w14:textId="77777777">
                           <w:pPr>
                             <w:pStyle w:val="Plattetekst"/>
                             <w:spacing w:before="9"/>
                             <w:ind w:firstLine="340"/>
                             <w:rPr>
                               <w:color w:val="111111"/>
                               <w:sz w:val="15"/>
                               <w:szCs w:val="22"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:noProof/>
                               <w:color w:val="111111"/>
                               <w:sz w:val="15"/>
                               <w:szCs w:val="22"/>
                             </w:rPr>
-                            <w:t>03-02-2026</w:t>
+                            <w:t>20-03-2026</w:t>
                           </w:r>
                         </w:p>
                         <w:p w:rsidR="00E47813" w:rsidRDefault="00E47813" w14:paraId="28D88568" w14:textId="77777777">
                           <w:pPr>
                             <w:pStyle w:val="Plattetekst"/>
                             <w:spacing w:before="9"/>
                             <w:rPr>
                               <w:sz w:val="13"/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
                         <w:p w:rsidR="00F25199" w:rsidP="00F25199" w:rsidRDefault="004D54FD" w14:paraId="0DF136AA" w14:textId="312CBC39">
                           <w:pPr>
                             <w:spacing w:before="9"/>
                             <w:ind w:left="340"/>
                             <w:rPr>
                               <w:color w:val="FFFFFF"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:noProof/>
                               <w:color w:val="FFFFFF"/>
                               <w:sz w:val="18"/>