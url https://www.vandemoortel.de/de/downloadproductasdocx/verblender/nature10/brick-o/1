--- v0 (2026-02-03)
+++ v1 (2026-03-20)
@@ -90,51 +90,51 @@
         <w:spacing w:before="109"/>
         <w:ind w:left="0" w:firstLine="464"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="111111"/>
         </w:rPr>
         <w:t> BESCHAFFENHEIT, ART UND FARBE</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E47813" w:rsidP="00901CEA" w:rsidRDefault="00094E90" w14:paraId="2ECC4485" w14:textId="1F14E6AC">
       <w:pPr>
         <w:spacing w:before="5" w:line="264" w:lineRule="auto"/>
         <w:ind w:left="464" w:right="602"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="111111"/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>Das dekorative Mauerwerk (Innen- und/oder Außenverkleidung) wird mit einem unbesandeten Formbackstein ohne Maserung mit Struktur hochgezogen.  Durch die natürliche Reduktion mit Steinkohle und natürlichen Mineralien können einige Verblender ein leicht unregelmäßiges Feldbrandaussehen haben. Einige Sichtseiten des Steins enthalten auch Steinkohlereste und Spuren des manuellen Ansatzes.Die Farbe ist Rot in der Masse, Rot-Braun bis Rot-Blau.</w:t>
+        <w:t>Das dekorative Mauerwerk (Innen- und/oder Außenverkleidung) wird mit einem unbesandeten Formbackstein mit frog ohne Maserung mit Struktur hochgezogen.  Durch die natürliche Reduktion mit Steinkohle und natürlichen Mineralien können einige Verblender ein leicht unregelmäßiges Feldbrandaussehen haben. Einige Sichtseiten des Steins enthalten auch Steinkohlereste und Spuren des manuellen Ansatzes.Die Farbe ist Rot in der Masse, Rot-Braun bis Rot-Blau.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E47813" w:rsidRDefault="00E47813" w14:paraId="6D6D739C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Plattetekst"/>
         <w:spacing w:before="1"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E47813" w:rsidRDefault="004D336A" w14:paraId="1AF92AF3" w14:textId="24B71EAB">
       <w:pPr>
         <w:pStyle w:val="Kop1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="111111"/>
         </w:rPr>
         <w:t>ROHSTOFF &amp; PRODUKTION &amp; ANSICHTEN</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E47813" w:rsidP="00901CEA" w:rsidRDefault="00094E90" w14:paraId="63F168BE" w14:textId="0991ECCE">
       <w:pPr>
@@ -987,51 +987,51 @@
     </w:p>
     <w:p w:rsidR="00024F65" w:rsidP="005C795D" w:rsidRDefault="00024F65" w14:paraId="1D2EDDBE" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="5" w:line="264" w:lineRule="auto"/>
         <w:ind w:left="464" w:right="602"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00790A39" w:rsidP="00790A39" w:rsidRDefault="00790A39" w14:paraId="6B04159D" w14:textId="03C757CF">
       <w:pPr>
         <w:spacing w:before="5" w:line="264" w:lineRule="auto"/>
         <w:ind w:left="464" w:right="602"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>*Abmessungen können abhängig von der Produktion variieren. Aktuellste Version siehe www.vandemoortel.de. Dieses Dokument ist nicht bindend und ersetzt alle früheren Publikationen. Der Hersteller behält sich das Recht vor, Produktsortiment und -merkmale zu ändern. Der Benutzer muss sich vergewissern, dass er über den neuesten Beschreibungstext verfügt.</w:t>
         <w:br/>
-        <w:t>   -   </w:t>
+        <w:t>&lt;br&gt; &lt;br&gt;</w:t>
         <w:br/>
         <w:t>Bei einer Stichprobe von 100 Steinen werden mindestens 90 Steine einen unbeschädigten Kopf und einen unbeschädigten Läufer  anzeigen.  Die Anzahl von fehlerhaften Steinen darf die 5 % nicht überschreiten. Wobei Folgendes als fehlerhaft betrachtet wird; Einschlüsse, die durch Anschwellung zur Abblätterung der Steinoberfläche führen kann, Risse mit einer Breite von =0,2mm auf  mindestens 2 Kanten). Beschädigungen und Fehler sollten vor der Verarbeitung gemeldet werden. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A73FF7" w:rsidP="00043D1C" w:rsidRDefault="00A73FF7" w14:paraId="0DE166F5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Kop1"/>
         <w:spacing w:before="142"/>
         <w:rPr>
           <w:color w:val="111111"/>
           <w:w w:val="105"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00043D1C" w:rsidP="00043D1C" w:rsidRDefault="00043D1C" w14:paraId="6921FD65" w14:textId="73869A7B">
       <w:pPr>
         <w:pStyle w:val="Kop1"/>
         <w:spacing w:before="142"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="111111"/>
           <w:w w:val="105"/>
         </w:rPr>
@@ -2933,51 +2933,51 @@
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:p w:rsidR="00F25199" w:rsidP="00F25199" w:rsidRDefault="00F25199" w14:paraId="5C3DAD1D" w14:textId="77777777">
                           <w:pPr>
                             <w:pStyle w:val="Plattetekst"/>
                             <w:spacing w:before="9"/>
                             <w:ind w:firstLine="340"/>
                             <w:rPr>
                               <w:color w:val="111111"/>
                               <w:sz w:val="15"/>
                               <w:szCs w:val="22"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:noProof/>
                               <w:color w:val="111111"/>
                               <w:sz w:val="15"/>
                               <w:szCs w:val="22"/>
                             </w:rPr>
-                            <w:t>03-02-2026</w:t>
+                            <w:t>20-03-2026</w:t>
                           </w:r>
                         </w:p>
                         <w:p w:rsidR="00E47813" w:rsidRDefault="00E47813" w14:paraId="28D88568" w14:textId="77777777">
                           <w:pPr>
                             <w:pStyle w:val="Plattetekst"/>
                             <w:spacing w:before="9"/>
                             <w:rPr>
                               <w:sz w:val="13"/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
                         <w:p w:rsidR="00F25199" w:rsidP="00F25199" w:rsidRDefault="004D54FD" w14:paraId="0DF136AA" w14:textId="312CBC39">
                           <w:pPr>
                             <w:spacing w:before="9"/>
                             <w:ind w:left="340"/>
                             <w:rPr>
                               <w:color w:val="FFFFFF"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:noProof/>
                               <w:color w:val="FFFFFF"/>
                               <w:sz w:val="18"/>