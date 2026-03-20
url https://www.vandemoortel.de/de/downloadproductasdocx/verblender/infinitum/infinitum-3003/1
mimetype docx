--- v1 (2026-02-03)
+++ v2 (2026-03-20)
@@ -799,127 +799,60 @@
         </w:tc>
         <w:tc>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:rFonts w:ascii="Myriad Pro Light"/>
                 <w:tcPr>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
               </w:rPr>
               <w:t/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00317270" w:rsidP="00C15B47" w:rsidRDefault="00317270" w14:paraId="78C240B3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Kop1"/>
         <w:rPr>
           <w:color w:val="111111"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E47813" w:rsidRDefault="00A62A4B" w14:paraId="4058AE3B" w14:textId="321DBCA2">
-[...12 lines deleted...]
-    </w:p>
     <w:p w:rsidR="00E47813" w:rsidRDefault="00E47813" w14:paraId="2520D54B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Plattetekst"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...51 lines deleted...]
-    </w:tbl>
     <w:p w:rsidR="00FB533A" w:rsidRDefault="00FB533A" w14:paraId="3615DA29" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Plattetekst"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E47813" w:rsidRDefault="00E47813" w14:paraId="6CA52927" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Plattetekst"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro"/>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E47813" w:rsidRDefault="00E47813" w14:paraId="0C94B3B2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Plattetekst"/>
         <w:rPr>
           <w:rFonts w:ascii="Myriad Pro"/>
           <w:b/>
           <w:sz w:val="16"/>
@@ -965,50 +898,54 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00024F65" w:rsidP="005C795D" w:rsidRDefault="00024F65" w14:paraId="1D2EDDBE" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:before="5" w:line="264" w:lineRule="auto"/>
         <w:ind w:left="464" w:right="602"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00790A39" w:rsidP="00790A39" w:rsidRDefault="00790A39" w14:paraId="6B04159D" w14:textId="03C757CF">
       <w:pPr>
         <w:spacing w:before="5" w:line="264" w:lineRule="auto"/>
         <w:ind w:left="464" w:right="602"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>*Abmessungen können abhängig von der Produktion variieren. Aktuellste Version siehe www.vandemoortel.de. Dieses Dokument ist nicht bindend und ersetzt alle früheren Publikationen. Der Hersteller behält sich das Recht vor, Produktsortiment und -merkmale zu ändern. Der Benutzer muss sich vergewissern, dass er über den neuesten Beschreibungstext verfügt.</w:t>
+        <w:br/>
+        <w:t>&lt;br&gt; &lt;br&gt;</w:t>
+        <w:br/>
+        <w:t>Bei einer Stichprobe von 100 Steinen werden mindestens 90 Steine einen unbeschädigten Kopf und einen unbeschädigten Läufer  anzeigen.  Die Anzahl von fehlerhaften Steinen darf die 5 % nicht überschreiten. Wobei Folgendes als fehlerhaft betrachtet wird; Einschlüsse, die durch Anschwellung zur Abblätterung der Steinoberfläche führen kann, Risse mit einer Breite von =0,2mm auf  mindestens 2 Kanten). Beschädigungen und Fehler sollten vor der Verarbeitung gemeldet werden. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A73FF7" w:rsidP="00043D1C" w:rsidRDefault="00A73FF7" w14:paraId="0DE166F5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Kop1"/>
         <w:spacing w:before="142"/>
         <w:rPr>
           <w:color w:val="111111"/>
           <w:w w:val="105"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00043D1C" w:rsidP="00043D1C" w:rsidRDefault="00043D1C" w14:paraId="6921FD65" w14:textId="73869A7B">
       <w:pPr>
         <w:pStyle w:val="Kop1"/>
         <w:spacing w:before="142"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:color w:val="111111"/>
           <w:w w:val="105"/>
         </w:rPr>
         <w:t>Produktfoto</w:t>
       </w:r>
@@ -2908,51 +2845,51 @@
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:p w:rsidR="00F25199" w:rsidP="00F25199" w:rsidRDefault="00F25199" w14:paraId="5C3DAD1D" w14:textId="77777777">
                           <w:pPr>
                             <w:pStyle w:val="Plattetekst"/>
                             <w:spacing w:before="9"/>
                             <w:ind w:firstLine="340"/>
                             <w:rPr>
                               <w:color w:val="111111"/>
                               <w:sz w:val="15"/>
                               <w:szCs w:val="22"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:noProof/>
                               <w:color w:val="111111"/>
                               <w:sz w:val="15"/>
                               <w:szCs w:val="22"/>
                             </w:rPr>
-                            <w:t>03-02-2026</w:t>
+                            <w:t>20-03-2026</w:t>
                           </w:r>
                         </w:p>
                         <w:p w:rsidR="00E47813" w:rsidRDefault="00E47813" w14:paraId="28D88568" w14:textId="77777777">
                           <w:pPr>
                             <w:pStyle w:val="Plattetekst"/>
                             <w:spacing w:before="9"/>
                             <w:rPr>
                               <w:sz w:val="13"/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
                         <w:p w:rsidR="00F25199" w:rsidP="00F25199" w:rsidRDefault="004D54FD" w14:paraId="0DF136AA" w14:textId="312CBC39">
                           <w:pPr>
                             <w:spacing w:before="9"/>
                             <w:ind w:left="340"/>
                             <w:rPr>
                               <w:color w:val="FFFFFF"/>
                               <w:sz w:val="18"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:noProof/>
                               <w:color w:val="FFFFFF"/>
                               <w:sz w:val="18"/>